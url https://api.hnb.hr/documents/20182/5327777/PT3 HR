--- v0 (2025-10-14)
+++ v1 (2026-03-10)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PT3 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="23">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="31">
+  <si>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>TRANSAKCIJE TRAJNOG NALOGA U REPUBLICI HRVATSKOJ U EURIMA {1} - 2025. godina</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
   </si>
   <si>
     <t>POTROŠAČ</t>
   </si>
   <si>
     <t>NEPOTROŠAČ</t>
   </si>
@@ -77,57 +77,81 @@
   <si>
     <t>Broj ugovora {2}</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
+  </si>
+  <si>
+    <t> LISTOPAD</t>
+  </si>
+  <si>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
+  </si>
+  <si>
     <t> UKUPNO</t>
   </si>
   <si>
     <t>{1} uključene su transakcije izvršenih trajnih naloga terećenjem računa za plaćanja i platnih kartica</t>
   </si>
   <si>
     <t>{2} stanje na zadnji dan izvještajnog razdoblja</t>
+  </si>
+  <si>
+    <t>* podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -507,51 +531,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Q19"/>
+  <dimension ref="A1:Q26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="26" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="21" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="21" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="26" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="21" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="21" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
     <col min="16" max="16" width="26" customWidth="1"/>
     <col min="17" max="17" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
@@ -931,110 +955,433 @@
         <v>906628423</v>
       </c>
       <c r="K16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="L16" s="8">
         <v>74023</v>
       </c>
       <c r="M16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="N16" s="9">
         <v>2433988</v>
       </c>
       <c r="O16" t="s" s="10">
         <v>14</v>
       </c>
       <c r="P16" s="9">
         <v>1162355165</v>
       </c>
       <c r="Q16" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" t="s" s="11">
+      <c r="A17" t="s" s="7">
         <v>20</v>
       </c>
-      <c r="B17" s="12">
-[...11 lines deleted...]
-      <c r="F17" s="12">
+      <c r="B17" s="8">
+        <v>2360120</v>
+      </c>
+      <c r="C17" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="D17" s="8">
+        <v>264151764</v>
+      </c>
+      <c r="E17" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="F17" s="8">
+        <v>2368571</v>
+      </c>
+      <c r="G17" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="H17" s="8">
+        <v>90044</v>
+      </c>
+      <c r="I17" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="J17" s="8">
+        <v>904753835</v>
+      </c>
+      <c r="K17" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="L17" s="8">
+        <v>85387</v>
+      </c>
+      <c r="M17" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="N17" s="9">
+        <v>2450164</v>
+      </c>
+      <c r="O17" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="P17" s="9">
+        <v>1168905599</v>
+      </c>
+      <c r="Q17" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="B18" s="8">
+        <v>2328900</v>
+      </c>
+      <c r="C18" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="D18" s="8">
+        <v>257811830</v>
+      </c>
+      <c r="E18" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="F18" s="8">
+        <v>2364261</v>
+      </c>
+      <c r="G18" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="H18" s="8">
+        <v>72791</v>
+      </c>
+      <c r="I18" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="J18" s="8">
+        <v>825564513</v>
+      </c>
+      <c r="K18" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="L18" s="8">
+        <v>71702</v>
+      </c>
+      <c r="M18" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="N18" s="9">
+        <v>2401691</v>
+      </c>
+      <c r="O18" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="P18" s="9">
+        <v>1083376343</v>
+      </c>
+      <c r="Q18" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
+      <c r="A19" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="B19" s="8">
+        <v>2369633</v>
+      </c>
+      <c r="C19" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="D19" s="8">
+        <v>258759382</v>
+      </c>
+      <c r="E19" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="F19" s="8">
+        <v>2378407</v>
+      </c>
+      <c r="G19" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="H19" s="8">
+        <v>85841</v>
+      </c>
+      <c r="I19" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="J19" s="8">
+        <v>936507600</v>
+      </c>
+      <c r="K19" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="L19" s="8">
+        <v>80753</v>
+      </c>
+      <c r="M19" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="N19" s="9">
+        <v>2455474</v>
+      </c>
+      <c r="O19" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="P19" s="9">
+        <v>1195266982</v>
+      </c>
+      <c r="Q19" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
+      <c r="A20" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="B20" s="8">
+        <v>2371018</v>
+      </c>
+      <c r="C20" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="D20" s="8">
+        <v>262651346</v>
+      </c>
+      <c r="E20" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="F20" s="8">
+        <v>2387792</v>
+      </c>
+      <c r="G20" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="H20" s="8">
+        <v>92471</v>
+      </c>
+      <c r="I20" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="J20" s="8">
+        <v>833458325</v>
+      </c>
+      <c r="K20" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="L20" s="8">
+        <v>87055</v>
+      </c>
+      <c r="M20" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="N20" s="9">
+        <v>2463489</v>
+      </c>
+      <c r="O20" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="P20" s="9">
+        <v>1096109671</v>
+      </c>
+      <c r="Q20" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
+      <c r="A21" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="B21" s="8">
+        <v>2349323</v>
+      </c>
+      <c r="C21" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="D21" s="8">
+        <v>258589517</v>
+      </c>
+      <c r="E21" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="F21" s="8">
+        <v>2389248</v>
+      </c>
+      <c r="G21" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="H21" s="8">
+        <v>73101</v>
+      </c>
+      <c r="I21" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="J21" s="8">
+        <v>723436239</v>
+      </c>
+      <c r="K21" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="L21" s="8">
+        <v>72696</v>
+      </c>
+      <c r="M21" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="N21" s="9">
+        <v>2422424</v>
+      </c>
+      <c r="O21" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="P21" s="9">
+        <v>982025756</v>
+      </c>
+      <c r="Q21" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
+      <c r="A22" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="B22" s="8">
+        <v>2419022</v>
+      </c>
+      <c r="C22" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="D22" s="8">
+        <v>268816147</v>
+      </c>
+      <c r="E22" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="F22" s="8">
+        <v>2402340</v>
+      </c>
+      <c r="G22" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="H22" s="8">
+        <v>86526</v>
+      </c>
+      <c r="I22" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="J22" s="8">
+        <v>862961727</v>
+      </c>
+      <c r="K22" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="L22" s="8">
+        <v>80706</v>
+      </c>
+      <c r="M22" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="N22" s="9">
+        <v>2505548</v>
+      </c>
+      <c r="O22" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="P22" s="9">
+        <v>1131777874</v>
+      </c>
+      <c r="Q22" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
+      <c r="A23" t="s" s="11">
+        <v>27</v>
+      </c>
+      <c r="B23" s="12">
+        <v>28036868</v>
+      </c>
+      <c r="C23" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="D23" s="12">
+        <v>3032273478</v>
+      </c>
+      <c r="E23" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="F23" s="12">
         <v/>
       </c>
-      <c r="G17" t="s" s="11">
-[...14 lines deleted...]
-      <c r="L17" s="12">
+      <c r="G23" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="H23" s="12">
+        <v>969492</v>
+      </c>
+      <c r="I23" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="J23" s="12">
+        <v>9853550166</v>
+      </c>
+      <c r="K23" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="L23" s="12">
         <v/>
       </c>
-      <c r="M17" t="s" s="11">
-[...22 lines deleted...]
-        <v>22</v>
+      <c r="M23" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="N23" s="12">
+        <v>29006360</v>
+      </c>
+      <c r="O23" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="P23" s="12">
+        <v>12885823644</v>
+      </c>
+      <c r="Q23" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
+      <c r="A24" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
+      <c r="A25" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
+      <c r="A26" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A1:Q1"/>
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="A3:Q3"/>
     <mergeCell ref="A4:Q4"/>
     <mergeCell ref="A5:Q5"/>
     <mergeCell ref="A6:Q6"/>
     <mergeCell ref="A7:Q7"/>
     <mergeCell ref="A8:Q8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="H9:M9"/>
     <mergeCell ref="N9:Q9"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="P10:Q10"/>
   </mergeCells>